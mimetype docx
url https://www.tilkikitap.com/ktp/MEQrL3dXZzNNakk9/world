--- v0 (2026-01-02)
+++ v1 (2026-02-17)
@@ -105,107 +105,107 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yazar Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eslem Hanlıoğlu</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cilt Bilgisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEL ZIMBA</w:t>
+              <w:t xml:space="preserve">TEL DİKİŞ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Tipi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orjinal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE CMYK 60</w:t>
+              <w:t xml:space="preserve">KUŞE CMYK 90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE TEL ZIMBA 250</w:t>
+              <w:t xml:space="preserve">BRISTOL TEL DİKİŞ 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>