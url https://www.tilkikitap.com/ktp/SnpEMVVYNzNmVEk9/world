--- v0 (2025-12-26)
+++ v1 (2026-03-18)
@@ -119,107 +119,121 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Tür Serisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Şiir/Edebiyat</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cilt Bilgisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Amerikan Cilt</w:t>
+              <w:t xml:space="preserve">AMERİKAN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Hamur Enso/Holmen Siyah Beyaz 60 gram</w:t>
+              <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kuşe/Amerikan Bristrol Amerikan Cilt 200-300 gr</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mat Selefon</w:t>
+              <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sayfa Sayısı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -245,51 +259,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786256433045</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">174,00 TL</w:t>
+              <w:t xml:space="preserve">190,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zeynep Yetim</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -330,51 +344,93 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Kimi zaman şiirler yazdım sanaZihnimde bir yerlerdeydinYeni bir kalbim atışıydı sevdamBilip de sustuğunSusup da gelip gittiğinZor olan sevmekti belkiBelki de yok olmaktı zor olan.</w:t>
+              <w:t xml:space="preserve">Kimi zaman şiirler yazdım sana</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Zihnimde bir yerlerdeydin</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yeni bir kalbim atışıydı sevdam</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bilip de sustuğun</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Susup da gelip gittiğin</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Zor olan sevmekti belki</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Belki de yok olmaktı zor olan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>