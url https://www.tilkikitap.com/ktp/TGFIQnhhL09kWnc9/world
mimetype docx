--- v0 (2026-01-12)
+++ v1 (2026-02-26)
@@ -147,65 +147,65 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Tipi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orjinal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. HAMUR SB 135</w:t>
+              <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -330,51 +330,79 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Halk ozanı Gazi Atçal`ın şiirlerinin derlendiği Hayat mı Kısa Yol mu Uzun? başlıklı bu eser gelecek nesillere ışık olacak, ilham verecek... Gurbet ellerde geçen uzun bir ömrün, çileli bir hayatın, imtihanlara gark olan zorlu günlerin gönül sazını titreten nağmelere dönüştüğüne her dizede şahitlik edeceksiniz...Gazi Atçal`ın dizelerinde İç Anadolu`ya, Karadeniz`e, özellikle Çorum`a özgü yerel söyleyişlere sık sık rastlayacaksınız. `Eski Türkçe` olarak bilinen, ancak bizim `eskimeyen Türkçe` olarak ifade etmek istediğimiz; atalarımızın, büyüklerimizin günlük hayatında sıklıkla kullandığı sözcüklere şiirlerinde hayat veren halk ozanı Gazi Atçal için `Kuşsaray`ın Karacaoğlan`ı` yakıştırmasını yapmak `yiğide hakkını vermek` olacaktır...Taç giyinip tahta çıktı tazılarEr yiğide meydan oldu yazılarMızrabın altında teller sızılarArşa direk gayrı sazı Gazi`nin</w:t>
+              <w:t xml:space="preserve">Halk ozanı Gazi Atçal'ın şiirlerinin derlendiği Hayat mı Kısa Yol mu Uzun? başlıklı bu eser gelecek nesillere ışık olacak, ilham verecek... Gurbet ellerde geçen uzun bir ömrün, çileli bir hayatın, imtihanlara gark olan zorlu günlerin gönül sazını titreten nağmelere dönüştüğüne her dizede şahitlik edeceksiniz... Gazi Atçal'ın dizelerinde İç Anadolu'ya, Karadeniz'e, özellikle Çorum'a özgü yerel söyleyişlere sık sık rastlayacaksınız. 'Eski Türkçe' olarak bilinen, ancak bizim 'eskimeyen Türkçe' olarak ifade etmek istediğimiz; atalarımızın, büyüklerimizin günlük hayatında sıklıkla kullandığı sözcüklere şiirlerinde hayat veren halk ozanı Gazi Atçal için 'Kuşsaray'ın Karacaoğlan'ı' yakıştırmasını yapmak 'yiğide hakkını vermek' olacaktır...</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Taç giyinip tahta çıktı tazılar</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Er yiğide meydan oldu yazılar</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mızrabın altında teller sızılar</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Arşa direk gayrı sazı Gazi'nin</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>