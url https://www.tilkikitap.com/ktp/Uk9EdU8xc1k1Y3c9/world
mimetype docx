--- v0 (2025-11-18)
+++ v1 (2026-01-06)
@@ -126,72 +126,86 @@
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMERİKAN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR CMYK 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sayfa Sayısı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>