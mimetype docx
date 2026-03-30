--- v1 (2026-02-12)
+++ v2 (2026-03-30)
@@ -182,50 +182,64 @@
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Yan Kapak: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">YOK</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -259,51 +273,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786257942676</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">169,00 TL</w:t>
+              <w:t xml:space="preserve">265,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sinem Kaya</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>