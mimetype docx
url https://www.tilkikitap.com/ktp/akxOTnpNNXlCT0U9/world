--- v1 (2025-11-22)
+++ v2 (2026-01-08)
@@ -140,72 +140,86 @@
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMERİKAN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">KUŞE CMYK 80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">KUŞE AMERİKAN 230</w:t>
+              <w:t xml:space="preserve">BRISTROL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>