--- v0 (2025-12-26)
+++ v1 (2026-03-20)
@@ -119,107 +119,121 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Tür Serisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Şiir/Edebiyat</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cilt Bilgisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Amerikan Cilt</w:t>
+              <w:t xml:space="preserve">AMERİKAN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enso Siyah Beyaz 60 gr</w:t>
+              <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kuşe Amerikan Cilt 230 g</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mat Selefon</w:t>
+              <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sayfa Sayısı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -245,51 +259,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786257654036</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">274,00 TL</w:t>
+              <w:t xml:space="preserve">460,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Leyla Meryem Han</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>