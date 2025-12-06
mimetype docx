--- v0 (2025-10-22)
+++ v1 (2025-12-06)
@@ -359,50 +359,100 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="Heading3"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Un Sogno Attraverso La Fınestra Il Vıaggıo Dı Una Pıccola Ballerına</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">"Pencereden İçeri Bir Hayal İtalyanca"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gli individui felici,con menti arricchite dall’arte possono raggiungere una concienza superiore ; e le anime continuano a servire il monde e l’umanita per generazioni,Lo ci credo !</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Tutto e iniziato con una lezione di danza classica osservata da una finestra.Una bambina guardava quel mondo da dietro un vetro , sognando di farne parte un giorno.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A volte, i sogni divantano realta wuando meno te lo aspetti.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Questo libro racconta il sogno puro di una bambina e l’amore incondizionato della sua famiglia.Le difficolta, le incertezze, i primi passi e le speranze si intrecciano per dare vita a una storia di crestica autentica e toccante .</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yn viaggio vissuto con lo sguardo di  una bambina,sincero ,pieno di calore.Forse tocchera anche al tuo cuore</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>