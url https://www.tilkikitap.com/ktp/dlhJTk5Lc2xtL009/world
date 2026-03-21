--- v0 (2026-01-02)
+++ v1 (2026-03-21)
@@ -105,121 +105,121 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yazar Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nedim Işık</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cilt Bilgisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Amerikan Cilt</w:t>
+              <w:t xml:space="preserve">AMERİKAN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Tipi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orjinal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2.Hamur Siyah Beyaz 60 gr</w:t>
+              <w:t xml:space="preserve">2. HAMUR SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kuşe Amerikan Cilt 250 gr</w:t>
+              <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Selefon Türü: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mat Selefon</w:t>
+              <w:t xml:space="preserve">MAT SELEFON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Basım Tarihi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sayfa Sayısı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -245,51 +245,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9786258039405</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">175,00 TL</w:t>
+              <w:t xml:space="preserve">275,00 TL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editör Görevlisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tuğba Ünlüer</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son Okumacı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>